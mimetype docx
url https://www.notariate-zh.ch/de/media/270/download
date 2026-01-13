--- v0 (2025-11-28)
+++ v1 (2026-01-13)
@@ -1,46 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="2660807F" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00C35CAA" w:rsidRDefault="009B4AE0" w:rsidP="00113037">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C35CAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
@@ -183,63 +188,71 @@
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>*Bei juristischen Personen ist nachstehend unter der Position „</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">“ die im Handelsregister eingetragene </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Firma</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>bezeichnung anzugeben.</w:t>
+              <w:t>bezeichnung</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anzugeben.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="709BC00C" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="202CC55A" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="000537DC" w:rsidP="000537DC">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -309,82 +322,80 @@
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-[...30 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="4D854E3E" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2913" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="035A1B1F" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="00855DD5">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
@@ -516,157 +527,157 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                    "/>
                     <w:listEntry w:val="ledig"/>
                     <w:listEntry w:val="verheiratet"/>
                     <w:listEntry w:val="geschieden"/>
                     <w:listEntry w:val="verwitwet"/>
                     <w:listEntry w:val="in eingetragener Partnerschaft"/>
                     <w:listEntry w:val="in aufgelöster Partnerschaft"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Dropdown11"/>
+            <w:bookmarkStart w:id="2" w:name="Dropdown11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3608" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5267B9CF" w14:textId="3AE44687" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="005262B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1743"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">falls verheiratet, </w:t>
             </w:r>
-            <w:commentRangeStart w:id="4"/>
+            <w:commentRangeStart w:id="3"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Güterstand</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="4"/>
+            <w:commentRangeEnd w:id="3"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rStyle w:val="Kommentarzeichen"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:vanish/>
               </w:rPr>
-              <w:commentReference w:id="4"/>
+              <w:commentReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                                                 "/>
                     <w:listEntry w:val="Errungenschaftsbeteiligung (&quot;normaler&quot; Güterstand)"/>
                     <w:listEntry w:val="Gütergemeinschaft"/>
                     <w:listEntry w:val="Gütertrennung"/>
                     <w:listEntry w:val="altrechtliche Güterverbindung"/>
                     <w:listEntry w:val="anderer Güterstand (z.B. ausländisch)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="020F5271" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4B2914C9" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="000537DC" w:rsidP="000537DC">
             <w:pPr>
@@ -957,56 +968,56 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                    "/>
                     <w:listEntry w:val="ledig"/>
                     <w:listEntry w:val="verheiratet"/>
                     <w:listEntry w:val="geschieden"/>
                     <w:listEntry w:val="verwitwet"/>
                     <w:listEntry w:val="in eingetragener Partnerschaft"/>
                     <w:listEntry w:val="in aufgelöster Partnerschaft"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3608" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A553EB6" w14:textId="6D14D10E" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="005262B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1743"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1028,56 +1039,56 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                                                 "/>
                     <w:listEntry w:val="Errungenschaftsbeteiligung (&quot;normaler&quot; Güterstand)"/>
                     <w:listEntry w:val="Gütergemeinschaft"/>
                     <w:listEntry w:val="Gütertrennung"/>
                     <w:listEntry w:val="altrechtliche Güterverbindung"/>
                     <w:listEntry w:val="anderer Güterstand (z.B. ausländisch)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="7256D3CA" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="692CAF88" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="000537DC" w:rsidP="000537DC">
@@ -1360,51 +1371,51 @@
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>AHV-Nummer:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text21"/>
+            <w:bookmarkStart w:id="4" w:name="Text21"/>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
@@ -1419,51 +1430,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="5294AAC5" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2913" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74690F15" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="00855DD5">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Bürgerorte oder </w:t>
@@ -1584,109 +1595,109 @@
               </w:rPr>
               <w:t>ev. Ausländerausweis:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Kontrollkästchen1"/>
+            <w:bookmarkStart w:id="5" w:name="Kontrollkästchen1"/>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> „B“ oder </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> „C“</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="3FCD18D1" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
@@ -1841,56 +1852,56 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                    "/>
                     <w:listEntry w:val="ledig"/>
                     <w:listEntry w:val="verheiratet"/>
                     <w:listEntry w:val="geschieden"/>
                     <w:listEntry w:val="verwitwet"/>
                     <w:listEntry w:val="in eingetragener Partnerschaft"/>
                     <w:listEntry w:val="in aufgelöster Partnerschaft"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3608" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4620DF1E" w14:textId="56027DF3" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="005262B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1743"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1912,56 +1923,56 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                                                 "/>
                     <w:listEntry w:val="Errungenschaftsbeteiligung (&quot;normaler&quot; Güterstand)"/>
                     <w:listEntry w:val="Gütergemeinschaft"/>
                     <w:listEntry w:val="Gütertrennung"/>
                     <w:listEntry w:val="altrechtliche Güterverbindung"/>
                     <w:listEntry w:val="anderer Güterstand (z.B. ausländisch)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="406F7F2B" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="38CA3567" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="000537DC" w:rsidP="000537DC">
@@ -2472,101 +2483,101 @@
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> „B“ oder </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> „C“</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="46F25D6E" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
@@ -2722,56 +2733,56 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                    "/>
                     <w:listEntry w:val="ledig"/>
                     <w:listEntry w:val="verheiratet"/>
                     <w:listEntry w:val="geschieden"/>
                     <w:listEntry w:val="verwitwet"/>
                     <w:listEntry w:val="in eingetragener Partnerschaft"/>
                     <w:listEntry w:val="in aufgelöster Partnerschaft"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3608" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="258D2C16" w14:textId="054900F3" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="005262B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1743"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -2793,78 +2804,78 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                                                 "/>
                     <w:listEntry w:val="Errungenschaftsbeteiligung (&quot;normaler&quot; Güterstand)"/>
                     <w:listEntry w:val="Gütergemeinschaft"/>
                     <w:listEntry w:val="Gütertrennung"/>
                     <w:listEntry w:val="altrechtliche Güterverbindung"/>
                     <w:listEntry w:val="anderer Güterstand (z.B. ausländisch)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BDC3C94" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="GemeinschaftlichesEigentum"/>
+      <w:bookmarkStart w:id="6" w:name="GemeinschaftlichesEigentum"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="175"/>
@@ -2899,139 +2910,145 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>schaft</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:br/>
               <w:t>(sofern mehrere Personen)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29F8A6A0" w14:textId="77777777" w:rsidR="00963955" w:rsidRPr="00B57D6C" w:rsidRDefault="00963955" w:rsidP="00334926">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Art des </w:t>
             </w:r>
-            <w:commentRangeStart w:id="8"/>
+            <w:commentRangeStart w:id="7"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>gemeinschaftlichen Eigentums</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="8"/>
+            <w:commentRangeEnd w:id="7"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rStyle w:val="Kommentarzeichen"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:vanish/>
               </w:rPr>
-              <w:commentReference w:id="8"/>
+              <w:commentReference w:id="7"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2652" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="431D0112" w14:textId="77777777" w:rsidR="00963955" w:rsidRPr="00B57D6C" w:rsidRDefault="00963955">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4ABEEB2D" w14:textId="77777777" w:rsidR="00963955" w:rsidRPr="00B57D6C" w:rsidRDefault="00963955" w:rsidP="00334926">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1950FCCF" w14:textId="3E96FE63" w:rsidR="00963955" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="00334926">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                   "/>
                     <w:listEntry w:val="Miteigentum zu 1/2"/>
                     <w:listEntry w:val="Miteigentum zu (andere Quote)"/>
                     <w:listEntry w:val="Gesamteigentum, einf. Gesellschaft"/>
                     <w:listEntry w:val="Gesamteigentum zuf. Gütergemeinschaft"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Dropdown3"/>
+            <w:bookmarkStart w:id="8" w:name="Dropdown3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52FF5469" w14:textId="77777777" w:rsidR="00963955" w:rsidRPr="00B57D6C" w:rsidRDefault="00963955" w:rsidP="00963955">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Falls Miteigentum (andere Quote)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2856175D" w14:textId="77777777" w:rsidR="00963955" w:rsidRPr="00B57D6C" w:rsidRDefault="00963955" w:rsidP="00963955">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
@@ -3057,51 +3074,51 @@
             <w:r w:rsidR="00C35CAA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/in</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1: </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text48"/>
+            <w:bookmarkStart w:id="9" w:name="Text48"/>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
@@ -3116,90 +3133,90 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
           <w:p w14:paraId="4E01858F" w14:textId="77777777" w:rsidR="00963955" w:rsidRPr="00B57D6C" w:rsidRDefault="00963955" w:rsidP="00963955">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Quote Käufer</w:t>
             </w:r>
             <w:r w:rsidR="00C35CAA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/in</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text49"/>
+            <w:bookmarkStart w:id="10" w:name="Text49"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
@@ -3214,51 +3231,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="2F73ED94" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28967785" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="00D83480" w:rsidP="009B727B">
             <w:pPr>
               <w:pStyle w:val="berschrift2"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -3432,51 +3449,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1D27AAAC" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text24"/>
+            <w:bookmarkStart w:id="11" w:name="Text24"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -3486,51 +3503,51 @@
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="50336C79" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="310FFACF" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Grundbuchblatt:</w:t>
             </w:r>
@@ -3539,51 +3556,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4D15964A" w14:textId="5FED3CD1" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text25"/>
+            <w:bookmarkStart w:id="12" w:name="Text25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3598,51 +3615,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="21388722" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5FD544C2" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Kat</w:t>
             </w:r>
@@ -3740,75 +3757,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE5AFE" w:rsidRPr="00B57D6C" w14:paraId="507DA3AD" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="10A4E5AB" w14:textId="77777777" w:rsidR="00DE5AFE" w:rsidRPr="00B57D6C" w:rsidRDefault="00011DFC" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="14"/>
+            <w:commentRangeStart w:id="13"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Amtliche W</w:t>
             </w:r>
             <w:r w:rsidR="00F60744" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="00DE5AFE" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>hnungs-Nummer:</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="14"/>
+            <w:commentRangeEnd w:id="13"/>
             <w:r w:rsidR="00C651AD" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:commentReference w:id="14"/>
+              <w:commentReference w:id="13"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="210B7B15" w14:textId="11861AA1" w:rsidR="00DE5AFE" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -3883,63 +3900,63 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7EFD15E3" w14:textId="77777777" w:rsidR="00334926" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Handelt es sich um </w:t>
             </w:r>
             <w:r w:rsidR="00325A83" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">die </w:t>
             </w:r>
-            <w:commentRangeStart w:id="15"/>
+            <w:commentRangeStart w:id="14"/>
             <w:r w:rsidR="00325A83" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Familienwohnung</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="15"/>
+            <w:commentRangeEnd w:id="14"/>
             <w:r w:rsidR="00CD0E35" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:commentReference w:id="15"/>
+              <w:commentReference w:id="14"/>
             </w:r>
             <w:r w:rsidR="00334926" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> des </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Verkäufers</w:t>
             </w:r>
             <w:r w:rsidR="0008666C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/ der Verkäuferin</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
@@ -3952,75 +3969,75 @@
           </w:tcPr>
           <w:p w14:paraId="4E3D90D6" w14:textId="488F4B29" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="005262B2" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="        "/>
                     <w:listEntry w:val="nein"/>
                     <w:listEntry w:val="ja"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Dropdown9"/>
+            <w:bookmarkStart w:id="15" w:name="Dropdown9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
           <w:p w14:paraId="2AEA46D2" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="4A7107AC" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="70276175" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
@@ -4038,138 +4055,253 @@
             </w:r>
             <w:r w:rsidR="0008666C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/in</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> und/oder Käufer</w:t>
             </w:r>
             <w:r w:rsidR="0008666C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/in</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:commentRangeStart w:id="17"/>
+            <w:commentRangeStart w:id="16"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>gewerblich genutzte Liegenschaft?</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="17"/>
+            <w:commentRangeEnd w:id="16"/>
             <w:r w:rsidR="00CD0E35" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:commentReference w:id="17"/>
+              <w:commentReference w:id="16"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31D2CC00" w14:textId="69685757" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="005262B2">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="       "/>
                     <w:listEntry w:val="nein"/>
                     <w:listEntry w:val="ja"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Dropdown10"/>
+            <w:bookmarkStart w:id="17" w:name="Dropdown10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7EE8F7A2" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+          <w:p w14:paraId="7EE8F7A2" w14:textId="706214AC" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B2E6B">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2E6B" w:rsidRPr="00B57D6C" w14:paraId="00E93E75" w14:textId="77777777" w:rsidTr="00250EBD">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="624"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4384" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48762FF3" w14:textId="3669B8EB" w:rsidR="009B2E6B" w:rsidRPr="00B57D6C" w:rsidRDefault="009B2E6B" w:rsidP="002057EF">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2E6B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Handelt es sich um eine </w:t>
+            </w:r>
+            <w:commentRangeStart w:id="18"/>
+            <w:r w:rsidRPr="009B2E6B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Baute, die noch zu errichten ist oder weniger als zwei Jahre </w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="18"/>
+            <w:r w:rsidR="00B64C08">
+              <w:rPr>
+                <w:rStyle w:val="Kommentarzeichen"/>
+              </w:rPr>
+              <w:commentReference w:id="18"/>
+            </w:r>
+            <w:r w:rsidRPr="009B2E6B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>vor dem Verkauf neu errichtet wurde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
+            <w:alias w:val="Nein"/>
+            <w:tag w:val="Nein"/>
+            <w:id w:val="2029454181"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013439"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Wählen Sie ein Element aus."/>
+              <w:listItem w:displayText="Ja" w:value="Ja"/>
+              <w:listItem w:displayText="Nein" w:value="Nein"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="5822" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="791A4C2C" w14:textId="45033BFE" w:rsidR="009B2E6B" w:rsidRDefault="00B64C08">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00613A41">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                  </w:rPr>
+                  <w:t>Wählen Sie ein Element aus.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="542C4568" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="249"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D403B35" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="002057EF">
             <w:pPr>
               <w:pStyle w:val="berschrift2"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4313,115 +4445,117 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidR="009B4AE0" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="20" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="20"/>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="44C34A35" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="23"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3A207B9E" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="00E57FF5" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="20" w:name="AnzahlungVorBeurkundung" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:id="21" w:name="AnzahlungVorBeurkundung" w:colFirst="0" w:colLast="0"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Anzahlung vor Beurkundung</w:t>
             </w:r>
             <w:r w:rsidR="009B4AE0" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0B332947" w14:textId="2938F5BF" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="00E57FF5" w:rsidP="009569BB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CHF </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text27"/>
+            <w:bookmarkStart w:id="22" w:name="Text27"/>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
@@ -4436,85 +4570,85 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="036496AB" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="13029CB0" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="AnzahlungBeiBeurkundung" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-            <w:commentRangeStart w:id="23"/>
+            <w:bookmarkStart w:id="23" w:name="AnzahlungBeiBeurkundung" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:commentRangeStart w:id="24"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Anzahlung bei Beurkundung</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="23"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="23"/>
+            <w:commentRangeEnd w:id="24"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="24"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6641BFB6" w14:textId="64F1A571" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="00E57FF5" w:rsidP="009569BB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -4631,65 +4765,71 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="        "/>
                     <w:listEntry w:val="an Verkäufer"/>
                     <w:listEntry w:val="an Makler (für RG Verkäufer)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="6A2CBA15" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="44F4C0AA" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Sicherstellung der Anzahlung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4699,160 +4839,166 @@
           </w:tcPr>
           <w:p w14:paraId="7C90097A" w14:textId="78DE588D" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="        "/>
                     <w:listEntry w:val="Ja"/>
                     <w:listEntry w:val="Nein"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Dropdown4"/>
+            <w:bookmarkStart w:id="25" w:name="Dropdown4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
           <w:p w14:paraId="3CC897B7" w14:textId="48C4472F" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Wenn ja, wie:</w:t>
             </w:r>
             <w:r w:rsidR="002057EF" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                    "/>
                     <w:listEntry w:val="Bankgarantie"/>
                     <w:listEntry w:val="Sperrkonto Bank"/>
                     <w:listEntry w:val="Andere"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Dropdown5"/>
+            <w:bookmarkStart w:id="26" w:name="Dropdown5"/>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005262B2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
           <w:p w14:paraId="76710DD6" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Nähere Angaben: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text29"/>
+            <w:bookmarkStart w:id="27" w:name="Text29"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -4862,159 +5008,166 @@
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="0F08B2BA" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="50EBB4D5" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Verzinsung der Anzahlung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="27" w:name="OLE_LINK6"/>
+        <w:bookmarkStart w:id="28" w:name="OLE_LINK6"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7D853D38" w14:textId="577FE179" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="        "/>
                     <w:listEntry w:val="Ja"/>
                     <w:listEntry w:val="Nein"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B8A987B" w14:textId="6F9D767E" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="009569BB">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Wenn ja, Zinssatz:</w:t>
             </w:r>
             <w:r w:rsidR="00E57FF5" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text30"/>
+            <w:bookmarkStart w:id="29" w:name="Text30"/>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
@@ -5029,82 +5182,81 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="29"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
             <w:bookmarkEnd w:id="28"/>
-            <w:r w:rsidRPr="00B57D6C">
-[...5 lines deleted...]
-            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E57FF5" w:rsidRPr="00B57D6C" w14:paraId="11FB1F87" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5BBD4FC7" w14:textId="77777777" w:rsidR="00E57FF5" w:rsidRPr="00B57D6C" w:rsidRDefault="00E57FF5" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Restkaufpreis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="08AA66B4" w14:textId="6F2F8FB5" w:rsidR="00E57FF5" w:rsidRPr="00B57D6C" w:rsidRDefault="00E57FF5" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CHF </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -5181,51 +5333,51 @@
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Bezeichnung des Kontos: </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text34"/>
+            <w:bookmarkStart w:id="30" w:name="Text34"/>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
@@ -5240,149 +5392,149 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="059BC22C" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="69F54BBE" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="30" w:name="Hypothekarschulden" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:id="31" w:name="Hypothekarschulden" w:colFirst="0" w:colLast="0"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>seitens des Verkäufers</w:t>
             </w:r>
             <w:r w:rsidR="00BC26F1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/ der Verkäuferin</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:commentRangeStart w:id="31"/>
+            <w:commentRangeStart w:id="32"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>bestehende Hypothekarschulden</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="31"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="31"/>
+            <w:commentRangeEnd w:id="32"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="32"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ohne Marchzinsen):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="02679FBA" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="008F414B" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CHF</w:t>
             </w:r>
             <w:r w:rsidR="002057EF" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009B4AE0" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text31"/>
+            <w:bookmarkStart w:id="33" w:name="Text31"/>
             <w:r w:rsidR="009B4AE0" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009B4AE0" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009B4AE0" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -5392,175 +5544,175 @@
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009B4AE0" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
           <w:p w14:paraId="5C676508" w14:textId="1339A7DD" w:rsidR="00E57FF5" w:rsidRPr="00B57D6C" w:rsidRDefault="00292578" w:rsidP="00292578">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1909"/>
                 <w:tab w:val="left" w:pos="3075"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="120"/>
               <w:ind w:left="468" w:hanging="468"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Kontrollkästchen5"/>
+            <w:bookmarkStart w:id="34" w:name="Kontrollkästchen5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="34"/>
             <w:r w:rsidR="00E57FF5" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ablösung</w:t>
             </w:r>
             <w:r w:rsidR="00E57FF5" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>oder</w:t>
             </w:r>
             <w:r w:rsidR="00E57FF5" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E57FF5" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>Schuldübernahme</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="58C7E1CD" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4374C96E" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Hypothekargläubiger</w:t>
             </w:r>
             <w:r w:rsidR="00BC26F1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -5577,80 +5729,94 @@
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>des Verkäufers</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00BC26F1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/ der Verkäuferin</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72606AAF" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>(Name, Ort, Kontaktperson und Tel.Nr.):</w:t>
+              <w:t xml:space="preserve">(Name, Ort, Kontaktperson und </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Tel.Nr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="77E9A0B9" w14:textId="3F6FA92D" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text32"/>
+            <w:bookmarkStart w:id="35" w:name="Text32"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -5665,51 +5831,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="274095F4" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="072E5469" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">falls bekannt / vorhanden: </w:t>
             </w:r>
@@ -5744,51 +5910,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="31230341" w14:textId="662CBEB1" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text33"/>
+            <w:bookmarkStart w:id="36" w:name="Text33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -5803,51 +5969,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="25DCD1B7" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73C57419" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -5869,51 +6035,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7903E7B4" w14:textId="3816E10E" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text35"/>
+            <w:bookmarkStart w:id="37" w:name="Text35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -5928,51 +6094,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="1D22E3A5" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23660D8F" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="002057EF">
             <w:pPr>
               <w:pStyle w:val="berschrift2"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
@@ -6004,155 +6170,161 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Weitere Bestimmungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="4F4C3FE3" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C0230AB" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="37" w:name="Eigentumsübertragung" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:id="38" w:name="Eigentumsübertragung" w:colFirst="0" w:colLast="0"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Datum der </w:t>
             </w:r>
-            <w:commentRangeStart w:id="38"/>
+            <w:commentRangeStart w:id="39"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Eigentumsübertragung</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="38"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="38"/>
+            <w:commentRangeEnd w:id="39"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="39"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="5B11F712" w14:textId="24A9D743" w:rsidR="00334926" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                    "/>
                     <w:listEntry w:val="gleichzeitig mit der Beurkundung"/>
                     <w:listEntry w:val="später, nach der Beurkundung"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Dropdown6"/>
+            <w:bookmarkStart w:id="40" w:name="Dropdown6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
           <w:p w14:paraId="5B405D68" w14:textId="2B3FFCD8" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="008F414B" w:rsidP="009569BB">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Falls bekannt, genaues Datum: </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Text36"/>
+            <w:bookmarkStart w:id="41" w:name="Text36"/>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
@@ -6167,133 +6339,139 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="56A81C4D" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B3BD0E4" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="41" w:name="Antritt"/>
-[...1 lines deleted...]
-            <w:commentRangeStart w:id="42"/>
+            <w:bookmarkStart w:id="42" w:name="Antritt"/>
+            <w:bookmarkEnd w:id="38"/>
+            <w:commentRangeStart w:id="43"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Antrittstag</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="42"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="42"/>
+            <w:commentRangeEnd w:id="43"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="43"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="00C9841D" w14:textId="1938D270" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                   "/>
                     <w:listEntry w:val="mit der Eigentumsübertragung"/>
                     <w:listEntry w:val="Datum"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DDDF260" w14:textId="7ABC8F45" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="009569BB">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Falls bekannt, genaues Datum: </w:t>
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -6360,177 +6538,205 @@
             </w:r>
             <w:r w:rsidR="009569BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="017293E4" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A528999" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="43" w:name="AbrechnungNebenkosten"/>
-            <w:commentRangeStart w:id="44"/>
+            <w:bookmarkStart w:id="44" w:name="AbrechnungNebenkosten"/>
+            <w:commentRangeStart w:id="45"/>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Abrechnungz</w:t>
             </w:r>
             <w:r w:rsidR="002735D3" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">eitpunkt betr.  </w:t>
+              <w:t>eitpunkt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002735D3" w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> betr.  </w:t>
             </w:r>
             <w:r w:rsidR="002735D3" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:br/>
               <w:t>Nebenkosten /</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mietzinseinahmen</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="44"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="44"/>
+            <w:commentRangeEnd w:id="45"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="45"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="1B755AF9" w14:textId="160999FC" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                    "/>
                     <w:listEntry w:val="Wert per Besitzesantritt"/>
                     <w:listEntry w:val="siehe unter &quot;nähere Angaben&quot; nachstehend"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Dropdown7"/>
+            <w:bookmarkStart w:id="46" w:name="Dropdown7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="46"/>
           </w:p>
           <w:p w14:paraId="002FB244" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Falls nicht Wert Besitzesantritt abgerechnet wird, nähere Angaben:</w:t>
+              <w:t xml:space="preserve">Falls nicht Wert </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Besitzesantritt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> abgerechnet wird, nähere Angaben:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40D689D5" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="Text37"/>
+            <w:bookmarkStart w:id="47" w:name="Text37"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -6540,174 +6746,174 @@
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="59759822" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23A035B9" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="47" w:name="Gewährleistung"/>
-[...1 lines deleted...]
-            <w:commentRangeStart w:id="49"/>
+            <w:bookmarkStart w:id="48" w:name="Gewährleistung"/>
+            <w:bookmarkStart w:id="49" w:name="_Hlk48223647"/>
+            <w:commentRangeStart w:id="50"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gewährleistung</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="49"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="49"/>
+            <w:commentRangeEnd w:id="50"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="50"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="5439ADE8" w14:textId="1AA1A7DC" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="00292578" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="        "/>
                     <w:listEntry w:val="Ja"/>
                     <w:listEntry w:val="Nein (=Gewährleistung wegbedungen)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="43D18F5C" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Bemerkungen: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="Text47"/>
+            <w:bookmarkStart w:id="51" w:name="Text47"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -6717,196 +6923,196 @@
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F374DA" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="4017CDB1" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F5A36C8" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="51" w:name="GebührenAuslagen"/>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkStart w:id="52" w:name="GebührenAuslagen"/>
+            <w:bookmarkEnd w:id="49"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Aufteilung </w:t>
             </w:r>
-            <w:commentRangeStart w:id="52"/>
+            <w:commentRangeStart w:id="53"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gebühren und Auslagen</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="52"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="52"/>
+            <w:commentRangeEnd w:id="53"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="53"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkEnd w:id="52"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="12F455C0" w14:textId="7ACA64EC" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="00292578" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:ind w:left="468" w:hanging="468"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002057EF" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>je zur Hälfte</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="428A57FA" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:ind w:left="468" w:hanging="468"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>zulasten Verkäufer</w:t>
             </w:r>
             <w:r w:rsidR="00C169DB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/in</w:t>
             </w:r>
           </w:p>
@@ -6918,224 +7124,225 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>zulasten Käufer</w:t>
             </w:r>
             <w:r w:rsidR="00C169DB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/in</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="1A1BB41B" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C3AE8A6" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="53" w:name="Grundstückgewinnsteuer"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:bookmarkStart w:id="54" w:name="Grundstückgewinnsteuer"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Sicherstellung </w:t>
             </w:r>
-            <w:commentRangeStart w:id="54"/>
+            <w:commentRangeStart w:id="55"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Grundstückgewinnsteuer</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="54"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="54"/>
+            <w:commentRangeEnd w:id="55"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="55"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="54"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2AFC10FB" w14:textId="6A0DB8F2" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="00292578" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="        "/>
                     <w:listEntry w:val="Ja"/>
                     <w:listEntry w:val="Nein"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="23243D95" w14:textId="67645DBC" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Wenn ja, wie: </w:t>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                    "/>
                     <w:listEntry w:val="Zahlung an Gemeindesteueramt"/>
                     <w:listEntry w:val="Bankgarantie"/>
                     <w:listEntry w:val="Andersweitige Sicherstellung"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="405B5326" w14:textId="5BFEB6FA" w:rsidR="00CD0E35" w:rsidRPr="00B57D6C" w:rsidRDefault="000E43AD" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Wurde </w:t>
             </w:r>
@@ -7164,148 +7371,148 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                   "/>
                     <w:listEntry w:val="Ja"/>
                     <w:listEntry w:val="Nein"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:br/>
               <w:t>Wird für diese Veräusserung ein Aufschub infolge Ersatzbeschaffung geltend gemacht?</w:t>
             </w:r>
             <w:r w:rsidR="008F414B" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="                   "/>
                     <w:listEntry w:val="Ja"/>
                     <w:listEntry w:val="Nein"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A91A05D" w14:textId="134E50A7" w:rsidR="008F414B" w:rsidRPr="00B57D6C" w:rsidRDefault="008F414B" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Wenn ja, in welcher Gemeinde? </w:t>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="55" w:name="Text50"/>
+            <w:bookmarkStart w:id="56" w:name="Text50"/>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00292578">
@@ -7320,51 +7527,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="56"/>
           </w:p>
           <w:p w14:paraId="0FC1D52C" w14:textId="011B3EFF" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00292578">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Bemerkungen: </w:t>
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -7424,173 +7631,172 @@
             </w:r>
             <w:r w:rsidR="00292578">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="112564AD" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33D92F59" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="56" w:name="MietPachtverhältnisse"/>
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:bookmarkStart w:id="57" w:name="MietPachtverhältnisse"/>
+            <w:commentRangeStart w:id="58"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Miet-/Pachtverhältnisse</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="57"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="57"/>
+            <w:commentRangeEnd w:id="58"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="58"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="57"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2DFA445F" w14:textId="3232E77F" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="00292578" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="58" w:name="Kontrollkästchen6"/>
+            <w:bookmarkStart w:id="59" w:name="Kontrollkästchen6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="58"/>
+            <w:bookmarkEnd w:id="59"/>
             <w:r w:rsidR="002057EF" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>es bestehen keine Miet-/Pachtverträge</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="751DBE96" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>es bestehen Miet-/Pachtverträge</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:br/>
               <w:t>gemäss separater Liste im Anhang</w:t>
             </w:r>
@@ -7733,63 +7939,63 @@
             </w:r>
             <w:r w:rsidR="008B42EF" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>, ansonsten Angabe des Jahres</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00143FFB" w:rsidRPr="00B57D6C" w14:paraId="61097962" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DA28281" w14:textId="77777777" w:rsidR="00143FFB" w:rsidRPr="00B57D6C" w:rsidRDefault="00143FFB" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="59"/>
+            <w:commentRangeStart w:id="60"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Privatrechtliche Versicherungen</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="59"/>
-[...4 lines deleted...]
-              <w:commentReference w:id="59"/>
+            <w:commentRangeEnd w:id="60"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:commentReference w:id="60"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="5E759CB3" w14:textId="370376BB" w:rsidR="00143FFB" w:rsidRPr="00B57D6C" w:rsidRDefault="008763F2" w:rsidP="002057EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -8119,102 +8325,102 @@
         <w:gridCol w:w="23"/>
         <w:gridCol w:w="1700"/>
         <w:gridCol w:w="269"/>
         <w:gridCol w:w="3845"/>
       </w:tblGrid>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="416226A4" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C928C72" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="00855DD5">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="60" w:name="Anhang"/>
+            <w:bookmarkStart w:id="61" w:name="Anhang"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Einzureichende Unterlagen:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D22EF38" w14:textId="07F0D67B" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="00292578" w:rsidP="00855DD5">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="507" w:hanging="507"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002057EF" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="002057EF" w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -8236,58 +8442,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -8310,58 +8516,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -8384,58 +8590,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -8457,58 +8663,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
@@ -8673,80 +8879,96 @@
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31DFC394" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="00855DD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>E-Mail-Adresse:</w:t>
+              <w:t>E-Mail-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Adresse</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="705ECAAC" w14:textId="29F73EC5" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="00855DD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="61" w:name="Text42"/>
+            <w:bookmarkStart w:id="62" w:name="Text42"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8761,109 +8983,118 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="61"/>
+            <w:bookmarkEnd w:id="62"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="043E1C3F" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1315" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2224BCA9" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="00855DD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>Telefon-Nr.:</w:t>
+              <w:t>Telefon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>-Nr.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="766656C3" w14:textId="38D6A4E2" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="00855DD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="62" w:name="Text40"/>
+            <w:bookmarkStart w:id="63" w:name="Text40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8878,102 +9109,102 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="62"/>
+            <w:bookmarkEnd w:id="63"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F1B7FF5" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="00855DD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Adresse:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D08C36D" w14:textId="7A0585B6" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="00855DD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="63" w:name="Text43"/>
+            <w:bookmarkStart w:id="64" w:name="Text43"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8988,51 +9219,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="63"/>
+            <w:bookmarkEnd w:id="64"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="4CE868BC" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5DCE42E0" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="00855DD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -9105,108 +9336,108 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002057EF" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> A-Post</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47FE5587" w14:textId="77777777" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="002057EF" w:rsidP="00855DD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Einschreiben</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1992" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -9241,56 +9472,56 @@
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Standard </w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(ungeschützt)</w:t>
             </w:r>
@@ -9302,87 +9533,95 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004F54AC">
-[...4 lines deleted...]
-            <w:r w:rsidR="004F54AC">
+            <w:r w:rsidR="00A15C7F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A15C7F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:commentRangeStart w:id="64"/>
-[...6 lines deleted...]
-            <w:commentRangeEnd w:id="64"/>
+            <w:commentRangeStart w:id="65"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Incamail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="65"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rStyle w:val="Kommentarzeichen"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:commentReference w:id="64"/>
+              <w:commentReference w:id="65"/>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(geschützt – Schweizerische Post)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002057EF" w:rsidRPr="00B57D6C" w14:paraId="519E7619" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="164"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -9428,51 +9667,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7633" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="05A8D262" w14:textId="606C5601" w:rsidR="002057EF" w:rsidRPr="00B57D6C" w:rsidRDefault="009569BB" w:rsidP="00855DD5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="Text38"/>
+            <w:bookmarkStart w:id="66" w:name="Text38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -9487,75 +9726,76 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="65"/>
+            <w:bookmarkEnd w:id="66"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="44A26896" w14:textId="77777777" w:rsidR="00250EBD" w:rsidRDefault="00250EBD" w:rsidP="00250EBD">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25932D7E" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57D6C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Anhang</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="1A44FCF0" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57D6C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Erläuterungen zu einzelnen Vertragsbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A84592" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -9585,60 +9825,60 @@
         <w:gridCol w:w="3058"/>
         <w:gridCol w:w="7145"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="499B7545" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4981EFB2" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="66" w:name="A_Vertragsparteien"/>
+            <w:bookmarkStart w:id="67" w:name="A_Vertragsparteien"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vertragsparteien</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="66"/>
+            <w:bookmarkEnd w:id="67"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="18D54A98" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">In den Urkunden sind die beteiligten Personen mit Namen, Vornamen, Geburtsdatum, Bürgerort und Adresse und wenn nötig mit </w:t>
@@ -9688,112 +9928,140 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="164AB0B5" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BEEBFEA" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="67" w:name="A_Güterstand"/>
+            <w:bookmarkStart w:id="68" w:name="A_Güterstand"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Güterstand</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="67"/>
+            <w:bookmarkEnd w:id="68"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41456AC5" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ehegatten</w:t>
             </w:r>
             <w:r w:rsidR="00F60165">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/ Ehegattinnen</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>, welche keinen Ehevertrag abgeschlossen haben, unterstehen regelmässig dem Güterstand der Errungenschaftsbeteiligung. Falls Sie einen Ehevertrag abgeschlossen haben, senden Sie bitte dem Notariat eine Kopie.</w:t>
+              <w:t xml:space="preserve">, welche keinen Ehevertrag abgeschlossen haben, unterstehen regelmässig dem Güterstand der </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Errungenschaftsbeteiligung</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>. Falls Sie einen Ehevertrag abgeschlossen haben, senden Sie bitte dem Notariat eine Kopie.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F1DDDA9" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Spezialfälle (unterstehen nicht dem Güterstand der Errungenschaftsbeteiligung, obwohl sie keinen Ehevertrag abgeschlossen haben):</w:t>
+              <w:t xml:space="preserve">Spezialfälle (unterstehen nicht dem Güterstand der </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Errungenschaftsbeteiligung</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, obwohl sie keinen Ehevertrag abgeschlossen haben):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57CD6AEB" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>gerichtlich angeordnete Gütertrennung (z.B. im Rahmen eines hängigen Scheidungsverfahrens)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E8BA0FE" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -9971,136 +10239,178 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="598327B4" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="12E1BA81" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="005F3759" w:rsidP="005F3759">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="68" w:name="A_GemeinschaftlichesEigentum"/>
+            <w:bookmarkStart w:id="69" w:name="A_GemeinschaftlichesEigentum"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Amtliche Wohnungsnummer </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="68"/>
+            <w:bookmarkEnd w:id="69"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78BC94A4" w14:textId="77777777" w:rsidR="005F3759" w:rsidRPr="00B57D6C" w:rsidRDefault="005F3759" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Die amtlichen Wohnungsnummern (aWN) dienen der eindeutigen Wohnungs</w:t>
+              <w:t>Die amtlichen Wohnungsnummern (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>aWN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>) dienen der eindeutigen Wohnungs</w:t>
             </w:r>
             <w:r w:rsidR="00E1750D" w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>identifikation in Gebäuden mit mehr als einer Wohnung. Die Nummern müssen in Kaufverträgen aufgeführt werden.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="759F571A" w14:textId="77777777" w:rsidR="005F3759" w:rsidRPr="00B57D6C" w:rsidRDefault="005F3759" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Berechtigte Personen (Eigentümer</w:t>
             </w:r>
             <w:r w:rsidR="00EE6CB4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/in</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>, Verwalter</w:t>
             </w:r>
             <w:r w:rsidR="00EE6CB4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/in</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">) erhalten beim Bausekretariat oder Bauamt am Orte des Kaufsobjektes Auskunft über die gültige aWN. </w:t>
+              <w:t xml:space="preserve">) erhalten beim Bausekretariat oder Bauamt am Orte des </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Kaufsobjektes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Auskunft über die gültige </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>aWN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CDD86A3" w14:textId="77777777" w:rsidR="00E1750D" w:rsidRPr="00A102CC" w:rsidRDefault="005F3759" w:rsidP="001774E2">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Für Grundstücke, welche in der Stadt Zürich liegen, ist die Statistik Stadt Zürich zuständig (</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="00E57FF5" w:rsidRPr="00B57D6C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Kontakt</w:t>
               </w:r>
             </w:hyperlink>
@@ -10113,60 +10423,60 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="39BC9F17" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="17971469" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="69" w:name="A_AnzahlungVorBeurkundung"/>
+            <w:bookmarkStart w:id="70" w:name="A_AnzahlungVorBeurkundung"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Anzahlung</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="70"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>en</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="19F6C8D4" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -10236,61 +10546,61 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="3C672E7C" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="143001EF" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="70" w:name="A_Hypothekarschulden"/>
+            <w:bookmarkStart w:id="71" w:name="A_Hypothekarschulden"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Hypothekarschulden</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="70"/>
+            <w:bookmarkEnd w:id="71"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10C6F9BB" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -10426,60 +10736,60 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="2B3DA0A8" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="547E48CA" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="71" w:name="A_Eigentumsübertragung"/>
+            <w:bookmarkStart w:id="72" w:name="A_Eigentumsübertragung"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Eigentumsübertragung</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="71"/>
+            <w:bookmarkEnd w:id="72"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0BBB4B1F" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Die Eigentumsübertragung erfolgt durch Abgabe der Grundbuchanmeldung beim zuständigen Grundbuchamt. Erst mit Abgabe dieser Grundbuchanmeldung wird der Käufer</w:t>
@@ -10523,310 +10833,402 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="422D226C" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76490FF0" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="72" w:name="A_Antritt"/>
+            <w:bookmarkStart w:id="73" w:name="A_Antritt"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Antritt</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="72"/>
+            <w:bookmarkEnd w:id="73"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BF57241" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B57D6C">
-[...3 lines deleted...]
-              <w:t>Besitzesübergabe (auch Antritt oder Besitzesantritt genannt) bedeutet die Übertragung der tatsächlichen Gewalt über die Kaufsache. Bei unvermieteten Räumlichkeiten geschieht dies normalerweise durch Schlüsselübergabe. Meist wird vereinbart, dass gleichzeitig mit dem Besitzesantritt auch Nutzen und Gefahr auf den Käufer</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Besitzesübergabe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (auch Antritt oder </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Besitzesantritt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> genannt) bedeutet die Übertragung der tatsächlichen Gewalt über die Kaufsache. Bei </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>unvermieteten</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Räumlichkeiten geschieht dies normalerweise durch Schlüsselübergabe. Meist wird vereinbart, dass gleichzeitig mit dem </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Besitzesantritt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> auch Nutzen und Gefahr auf den Käufer</w:t>
             </w:r>
             <w:r w:rsidR="00A43CD2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/ die Käuferin</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> übergehen sollen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="72E6A4F6" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="588E57FC" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="73" w:name="A_AbrechnungNebenkosten"/>
+            <w:bookmarkStart w:id="74" w:name="A_AbrechnungNebenkosten"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Abrechnung Nebenkosten</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="73"/>
+            <w:bookmarkEnd w:id="74"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67D234B6" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Soweit es sich beim Kaufsobjekt nicht um einen Neubau handelt, empfiehlt es sich, eine schriftliche Abrechnung über die laufenden Einn</w:t>
+              <w:t xml:space="preserve">Soweit es sich beim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Kaufsobjekt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nicht um einen Neubau handelt, empfiehlt es sich, eine schriftliche Abrechnung über die laufenden Einn</w:t>
             </w:r>
             <w:r w:rsidR="00483CC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>ahmen und Abgaben zu erstellen.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="063D25FA" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Zudem ist der Besitzeswechsel dem örtlichen Elektrizitäts- und Wasserwerk mitzuteilen und ein Termin für das Ablesen des Stromzählers zu vereinbaren.</w:t>
+              <w:t xml:space="preserve">Zudem ist der </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Besitzeswechsel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dem örtlichen Elektrizitäts- und Wasserwerk mitzuteilen und ein Termin für das Ablesen des Stromzählers zu vereinbaren.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="771CEE1C" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1553539A" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="74" w:name="A_Gewährleistung"/>
+            <w:bookmarkStart w:id="75" w:name="A_Gewährleistung"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Gewährleistung</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="74"/>
+            <w:bookmarkEnd w:id="75"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="38BAF384" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="002F516F">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Bei der Gewährleistung geht es um die Haftung des Verkäufers</w:t>
             </w:r>
             <w:r w:rsidR="00A43CD2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/ der Verkäuferin</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> für Mängel am Kaufsobjekt (Grundstück). Wird die Gewährleistung wegbedungen, trägt der Käufer</w:t>
+              <w:t xml:space="preserve"> für Mängel am </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Kaufsobjekt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B57D6C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Grundstück). Wird die Gewährleistung wegbedungen, trägt der Käufer</w:t>
             </w:r>
             <w:r w:rsidR="00A43CD2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/ die Käuferin</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> das Risiko solcher Mängel. Dies bedeutet, der Verkäufer</w:t>
             </w:r>
             <w:r w:rsidR="00A43CD2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>/ die Verkäuferin</w:t>
             </w:r>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> kann bei Wegbedingung der Gewährleistung grundsätzlich nicht für Grundstücksmängel belangt werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="4C5A2E84" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BE79C3D" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="75" w:name="A_GebührenAuslagen"/>
+            <w:bookmarkStart w:id="76" w:name="A_GebührenAuslagen"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Gebühren und Auslagen</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="75"/>
+            <w:bookmarkEnd w:id="76"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6F619192" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Nach erfolgter Beurkundung / Eigentumsübertragung haften die Vertragsparteien solidarisch für die </w:t>
@@ -10876,60 +11278,60 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="0D652382" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3AB76B80" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="76" w:name="A_Grundstückgewinnsteuer"/>
+            <w:bookmarkStart w:id="77" w:name="A_Grundstückgewinnsteuer"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Grundstückgewinnsteuer</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="76"/>
+            <w:bookmarkEnd w:id="77"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7145" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29A3D668" w14:textId="77777777" w:rsidR="00E1750D" w:rsidRPr="00B57D6C" w:rsidRDefault="009B4AE0" w:rsidP="00E1750D">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Für die Grundstückgewinnsteuer haftet das Grundstück. Dies bedeutet, dass bei Fehlen eines zahlungsfähigen Verkäufers</w:t>
@@ -11293,60 +11695,60 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w14:paraId="74816160" w14:textId="77777777" w:rsidTr="00250EBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F3CF28E" w14:textId="77777777" w:rsidR="00FD3FD0" w:rsidRDefault="009B4AE0" w:rsidP="00B505FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="77" w:name="A_Familienwohnung"/>
+            <w:bookmarkStart w:id="78" w:name="A_Familienwohnung"/>
             <w:r w:rsidRPr="00B57D6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Familienwohnung</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="77"/>
+            <w:bookmarkEnd w:id="78"/>
           </w:p>
           <w:p w14:paraId="4032080E" w14:textId="77777777" w:rsidR="009B4AE0" w:rsidRPr="00B57D6C" w:rsidRDefault="00FD3FD0" w:rsidP="00B505FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="00B505FB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
@@ -11520,215 +11922,291 @@
         </w:rPr>
         <w:t xml:space="preserve">(alle Vornamen gemäss amtlichen Ausweis aufführen), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Geburtsdatum, Bürgerort und Adresse zu bezeichnen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09DC3042" w14:textId="77777777" w:rsidR="005262B2" w:rsidRPr="003E4369" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Firmen sind genau mit dem im Handelsregister eingetragenen Namen aufzuführen.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="4" w:author="Autor" w:initials="A">
+  <w:comment w:id="3" w:author="Autor" w:initials="A">
     <w:p w14:paraId="5F33FC70" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2" w:rsidP="002057EF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="009011DE">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ehegatten</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>/ Ehegattinnen, welche keinen Ehevertrag abgeschlossen haben, unterstehen regelmässig dem Güterstand der Errungenschaftsbeteiligung. Falls Sie einen Ehevertrag abgeschlossen haben, senden Sie bitte dem Notariat eine Kopie dieses Vertrages.</w:t>
+        <w:t xml:space="preserve">/ Ehegattinnen, welche keinen Ehevertrag abgeschlossen haben, unterstehen regelmässig dem Güterstand der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Errungenschaftsbeteiligung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. Falls Sie einen Ehevertrag abgeschlossen haben, senden Sie bitte dem Notariat eine Kopie dieses Vertrages.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="Autor" w:initials="A">
+  <w:comment w:id="7" w:author="Autor" w:initials="A">
     <w:p w14:paraId="686831D2" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei einem gemeinschaftlichen Kauf durch </w:t>
       </w:r>
       <w:r w:rsidRPr="001B7D73">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ehegatten</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/ Ehegattinnen [</w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Parteien (Verkäufer/Käufer)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>] können diese entweder als Gesamteigentümer/innen infolge einfacher Gesellschaft oder als Miteigentümer/innen erwerben und im Grundbuch eingetragen werden. Zudem ist gestützt auf einen entsprechenden Ehevertrag auch der Erwerb zu Gesamteigentum infolge Gütergemeinschaft möglich.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Autor" w:initials="A">
+  <w:comment w:id="13" w:author="Autor" w:initials="A">
     <w:p w14:paraId="004C3D07" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
       </w:pPr>
       <w:r w:rsidRPr="00334926">
-        <w:t>Handelt es sich beim Kaufsobjekt um eine Stockwerkeigentumswohnung oder eine Liegenschaft mit mehr als einer Wohnung (z.B. Mehrfamilienhaus mit Mietwohnungen), ist/sind die jeweilige(n) amtliche(n) Wohnungsnummer(n) anzugeben</w:t>
+        <w:t xml:space="preserve">Handelt es sich beim </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00334926">
+        <w:t>Kaufsobjekt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00334926">
+        <w:t xml:space="preserve"> um eine Stockwerkeigentumswohnung oder eine Liegenschaft mit mehr als einer Wohnung (z.B. Mehrfamilienhaus mit Mietwohnungen), ist/sind die jeweilige(n) amtliche(n) Wohnungsnummer(n) anzugeben</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Werden mehrere Stockwerkeinheiten verkauft, so ist zu bezeichnen, welche Wohnungsnummer zu </w:t>
       </w:r>
       <w:r w:rsidRPr="00334926">
         <w:t>welcher</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Stockwerkeinheit gehört.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="15" w:author="Autor" w:initials="A">
+  <w:comment w:id="14" w:author="Autor" w:initials="A">
     <w:p w14:paraId="07CDF310" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Die Veräusserung der Familienwohnung bedarf der Zustimmung des Ehegatten/ der Ehegattin (</w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Art. 169 Abs. 1 ZGB</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>) bzw. des eingetragenen Partners/ der eingetragenen Partnerin (</w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:anchor="art_14" w:history="1">
         <w:r w:rsidRPr="00664140">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
           </w:rPr>
           <w:t>Art. 14 Abs. 1 PartG</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="17" w:author="Autor" w:initials="A">
+  <w:comment w:id="16" w:author="Autor" w:initials="A">
     <w:p w14:paraId="02F2652A" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Diese Frage ist von Bedeutung im Zusammenhang mit einer möglichen Unterstellung von Grundstückgeschäften unter die Mehrwertsteuerpflicht.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="23" w:author="Autor" w:initials="A">
+  <w:comment w:id="18" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="35A1BDA3" w14:textId="08EBB5F8" w:rsidR="00B64C08" w:rsidRDefault="00B64C08">
+      <w:pPr>
+        <w:pStyle w:val="Kommentartext"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Kommentarzeichen"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="00270C07">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Diese Frage ist von Bedeutung, ob ein</w:t>
+      </w:r>
+      <w:r w:rsidR="00001EF8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zwingendes Nachbesserungsrecht des Verkäufers </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>besteht (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="art_219_a" w:history="1">
+        <w:r w:rsidRPr="00A15C7F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="16"/>
+          </w:rPr>
+          <w:t>Art. 219a</w:t>
+        </w:r>
+        <w:r w:rsidR="00C27167" w:rsidRPr="00A15C7F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> OR</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C27167" w:rsidRPr="00A15C7F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="24" w:author="Autor" w:initials="A">
     <w:p w14:paraId="281FAE87" w14:textId="77777777" w:rsidR="005262B2" w:rsidRPr="00334926" w:rsidRDefault="005262B2" w:rsidP="00334926">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="00334926">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Erfolgt die Eigentumsübertragung nicht unmittelbar im Anschluss an die öffentliche Beurkundung, leistet der Käufer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/ die Käuferin</w:t>
       </w:r>
@@ -11756,88 +12234,88 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/ die Verkäuferin</w:t>
       </w:r>
       <w:r w:rsidRPr="00334926">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vor der Eigentumsübertragung zahlungsunfähig werden und hat der Käufer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/ die Käuferin</w:t>
       </w:r>
       <w:r w:rsidRPr="00334926">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> auf eine Sicherstellung seiner Anzahlung verzichtet, ist in der Regel mit einem Verlust der geleisteten Anzahlung zu rechnen.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="31" w:author="Autor" w:initials="A">
+  <w:comment w:id="32" w:author="Autor" w:initials="A">
     <w:p w14:paraId="1287FF03" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nehmen Sie für einen reibungslosen Ablauf der Kaufpreiszahlungen frühzeitig mit den betroffenen Finanzinstituten Kontakt auf. Bei seitens des Verkäufers/ der Verkäuferin bestehenden Hypothekarschulden benötigen wir Angaben über den effektiven Schuldbetrag und die Sicherungsart [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4" w:history="1">
+      <w:hyperlink r:id="rId5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Sicherungsübereignung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>]. Bitte beachten Sie, dass der Hypothekargläubiger/ die Hypothekargläubigerin des Verkäufers/ der Verkäuferin nicht verpflichtet ist, die Hypothekarschuld auf den Käufer/ die Käuferin zu übertragen.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="38" w:author="Autor" w:initials="A">
+  <w:comment w:id="39" w:author="Autor" w:initials="A">
     <w:p w14:paraId="064ED149" w14:textId="77777777" w:rsidR="005262B2" w:rsidRPr="007D324F" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="007D324F">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Die Eigentumsübertragung erfolgt durch Abgabe der Grundbuchanmeldung beim zuständigen Grundbuchamt. Erst mit Abgabe dieser Grundbuchanmeldung wird der Käufer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>/ die Käuferin</w:t>
       </w:r>
       <w:r w:rsidRPr="007D324F">
         <w:rPr>
@@ -11869,257 +12347,328 @@
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>kes</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> und kann rechtlich darüber </w:t>
       </w:r>
       <w:r w:rsidRPr="007E16EE">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="007D324F">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>erfügen (z.B. Grundpfandrechte errichten oder das Grundstück weiterverkaufen).</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="42" w:author="Autor" w:initials="A">
+  <w:comment w:id="43" w:author="Autor" w:initials="A">
     <w:p w14:paraId="18BFA408" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Besitzesübergabe (auch Antritt oder Besitzesantritt genannt) bedeutet die Übertragung der tatsächlichen Gewalt über das Grundstück. Bei unvermieteten Räumlichkeiten geschieht dies normalerweise durch Schlüsselübergabe. Meist wird vereinbart, dass gleichzeitig mit dem Besitzesantritt auch Nutzen und Gefahr auf den Käufer/ die Käuferin übergehen sollen.</w:t>
+        <w:t>Besitzesübergabe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (auch Antritt oder </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Besitzesantritt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> genannt) bedeutet die Übertragung der tatsächlichen Gewalt über das Grundstück. Bei </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>unvermieteten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Räumlichkeiten geschieht dies normalerweise durch Schlüsselübergabe. Meist wird vereinbart, dass gleichzeitig mit dem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Besitzesantritt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> auch Nutzen und Gefahr auf den Käufer/ die Käuferin übergehen sollen.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="44" w:author="Autor" w:initials="A">
+  <w:comment w:id="45" w:author="Autor" w:initials="A">
     <w:p w14:paraId="0B047777" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Soweit es sich beim Kaufsobjekt nicht um einen Neubau handelt, empfiehlt es sich, eine schriftliche Abrechnung über die laufenden Einnahmen und Abgaben zu erstellen. </w:t>
+        <w:t xml:space="preserve">Soweit es sich beim </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Kaufsobjekt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nicht um einen Neubau handelt, empfiehlt es sich, eine schriftliche Abrechnung über die laufenden Einnahmen und Abgaben zu erstellen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4567B851" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Zudem ist der Besitzeswechsel dem örtlichen Elektrizitäts- und Wasserwerk mitzuteilen und ein Termin für das Ablesen des Strom- und Wasserzählers zu vereinbaren.</w:t>
+        <w:t xml:space="preserve">Zudem ist der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Besitzeswechsel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dem örtlichen Elektrizitäts- und Wasserwerk mitzuteilen und ein Termin für das Ablesen des Strom- und Wasserzählers zu vereinbaren.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="49" w:author="Autor" w:initials="A">
+  <w:comment w:id="50" w:author="Autor" w:initials="A">
     <w:p w14:paraId="3716DC16" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Bei der Gewährleistung geht es um die Haftung des Verkäufers/ der Verkäuferin für Mängel am Kaufsobjekt. Wird die Gewährleistung wegbedungen, trägt der Käufer/ die Käuferin das Risiko solcher Mängel. Dies bedeutet, der Verkäufer/ die Verkäuferin kann grundsätzlich nicht für Grundstücksmängel belangt werden.</w:t>
+        <w:t xml:space="preserve">Bei der Gewährleistung geht es um die Haftung des Verkäufers/ der Verkäuferin für Mängel am </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Kaufsobjekt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. Wird die Gewährleistung wegbedungen, trägt der Käufer/ die Käuferin das Risiko solcher Mängel. Dies bedeutet, der Verkäufer/ die Verkäuferin kann grundsätzlich nicht für Grundstücksmängel belangt werden.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="52" w:author="Autor" w:initials="A">
+  <w:comment w:id="53" w:author="Autor" w:initials="A">
     <w:p w14:paraId="0305F79C" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Gebühren-Berechnung</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:comment>
-  <w:comment w:id="54" w:author="Autor" w:initials="A">
+  <w:comment w:id="55" w:author="Autor" w:initials="A">
     <w:p w14:paraId="16F8D751" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Für die Grundstückgewinnsteuer haftet das Grundstück. Dies bedeutet, dass bei Fehlen eines zahlungsfähigen Verkäufers/ einer zahlungsfähigen Verkäuferin der jeweilige Grundstückeigentümer/ die jeweilige Grundstückeigentümerin die Steuerforderung bezahlen muss. Die Grundstückgewinnsteuer wird meist sichergestellt.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="57" w:author="Autor" w:initials="A">
+  <w:comment w:id="58" w:author="Autor" w:initials="A">
     <w:p w14:paraId="63690861" w14:textId="77777777" w:rsidR="005262B2" w:rsidRPr="00BC2847" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="00BC2847">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Bei bestehenden Mietverhältnissen, muss deren Schicksal unbedingt im Kaufvertrag geregelt werden. (vgl. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00BC2847">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Art. 261 Abs. 3 OR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC2847">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> betr. möglicher Scha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">denersatzpflicht des Verkäufers/ der Verkäuferin </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2847">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>bei vorzeitiger Mietvertragsauflösung durch den Käufer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>/ die Käuferin</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2847">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> und </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00BC2847">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Art. 192 Abs. 3 OR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC2847">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> betr. arglistig verschwiegener Rechtsmängel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="59" w:author="Autor" w:initials="A">
+  <w:comment w:id="60" w:author="Autor" w:initials="A">
     <w:p w14:paraId="4F736CCB" w14:textId="77777777" w:rsidR="005262B2" w:rsidRPr="00BC2847" w:rsidRDefault="005262B2">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="00BC2847">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Verkäufer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/ die Verkäuferin</w:t>
       </w:r>
@@ -12131,209 +12680,215 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/ der Käuferin</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2847">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> die Policen von privatrechtlichen Versicherungen zu übergeben, da diese auf den Käufer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/ die Käuferin übergehen, sofern dieser/ diese den Ü</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2847">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bergang nicht innert 30 Tagen nach der Handänderung ablehnt (vgl. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00BC2847">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Art. 54 VVG</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC2847">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="64" w:author="Autor" w:initials="A">
+  <w:comment w:id="65" w:author="Autor" w:initials="A">
     <w:p w14:paraId="1A2195BE" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2" w:rsidP="002057EF">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">Incamail ist der sichere und nachweisbare Versand von vertraulichen E-Mails durch die Schweizerische Post. Weitere Informationen erhalten Sie unter </w:t>
+        <w:t>Incamail</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ist der sichere und nachweisbare Versand von vertraulichen E-Mails durch die Schweizerische Post. Weitere Informationen erhalten Sie unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="007972D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://www.post.ch/post-incamail-home</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w15:commentEx w15:paraId="09DC3042" w15:done="0"/>
   <w15:commentEx w15:paraId="5F33FC70" w15:done="0"/>
   <w15:commentEx w15:paraId="686831D2" w15:done="0"/>
   <w15:commentEx w15:paraId="004C3D07" w15:done="0"/>
   <w15:commentEx w15:paraId="07CDF310" w15:done="0"/>
   <w15:commentEx w15:paraId="02F2652A" w15:done="0"/>
+  <w15:commentEx w15:paraId="35A1BDA3" w15:done="0"/>
   <w15:commentEx w15:paraId="6277370E" w15:done="0"/>
   <w15:commentEx w15:paraId="1287FF03" w15:done="0"/>
   <w15:commentEx w15:paraId="064ED149" w15:done="0"/>
   <w15:commentEx w15:paraId="18BFA408" w15:done="0"/>
   <w15:commentEx w15:paraId="4567B851" w15:done="0"/>
   <w15:commentEx w15:paraId="3716DC16" w15:done="0"/>
   <w15:commentEx w15:paraId="0305F79C" w15:done="0"/>
   <w15:commentEx w15:paraId="16F8D751" w15:done="0"/>
   <w15:commentEx w15:paraId="63690861" w15:done="0"/>
   <w15:commentEx w15:paraId="4F736CCB" w15:done="0"/>
   <w15:commentEx w15:paraId="1A2195BE" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="221E7985" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="617DB544" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="216CB074" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2" w:rsidP="007F081E">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3969"/>
       </w:tabs>
       <w:ind w:right="-737"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="61BA1E0B" w14:textId="77777777" w:rsidR="005262B2" w:rsidRDefault="005262B2" w:rsidP="007F081E">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3969"/>
       </w:tabs>
@@ -12563,103 +13118,103 @@
         <w:szCs w:val="17"/>
       </w:rPr>
       <w:t>Notariate, Grundbuch- und Konkursämter</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="665B4548" w14:textId="77777777" w:rsidR="005262B2" w:rsidRPr="00230A5F" w:rsidRDefault="005262B2" w:rsidP="00250EBD">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:ind w:right="-1"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
       <w:t>Kanton Zürich</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="567DBC56" w14:textId="2AAFB72B" w:rsidR="005262B2" w:rsidRDefault="004F54AC" w:rsidP="00250EBD">
+  <w:p w14:paraId="567DBC56" w14:textId="1D1E7459" w:rsidR="005262B2" w:rsidRDefault="00A15C7F" w:rsidP="00250EBD">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:ind w:right="-1"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:id w:val="888304682"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="005262B2" w:rsidRPr="00D13527">
           <w:rPr>
             <w:sz w:val="17"/>
             <w:szCs w:val="17"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="005262B2" w:rsidRPr="00D13527">
           <w:rPr>
             <w:sz w:val="17"/>
             <w:szCs w:val="17"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="005262B2" w:rsidRPr="00D13527">
           <w:rPr>
             <w:sz w:val="17"/>
             <w:szCs w:val="17"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="004F54AC">
+        <w:r w:rsidRPr="00A15C7F">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="17"/>
             <w:szCs w:val="17"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="005262B2" w:rsidRPr="00D13527">
           <w:rPr>
             <w:sz w:val="17"/>
             <w:szCs w:val="17"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="30AF1FA3" w14:textId="77777777" w:rsidR="005262B2" w:rsidRPr="005F15FA" w:rsidRDefault="005262B2" w:rsidP="00250EBD">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:ind w:right="-1"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -13571,114 +14126,115 @@
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="130"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="357"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F35293"/>
+    <w:rsid w:val="00001EF8"/>
     <w:rsid w:val="00011DFC"/>
     <w:rsid w:val="00040249"/>
     <w:rsid w:val="000410BF"/>
     <w:rsid w:val="000537DC"/>
     <w:rsid w:val="00061225"/>
     <w:rsid w:val="000822C6"/>
     <w:rsid w:val="0008666C"/>
     <w:rsid w:val="000A2422"/>
     <w:rsid w:val="000B3849"/>
     <w:rsid w:val="000C34B5"/>
     <w:rsid w:val="000D093C"/>
     <w:rsid w:val="000D53AD"/>
     <w:rsid w:val="000D62BB"/>
     <w:rsid w:val="000E43AD"/>
     <w:rsid w:val="000F0498"/>
     <w:rsid w:val="00104F47"/>
     <w:rsid w:val="00113037"/>
     <w:rsid w:val="001168E7"/>
     <w:rsid w:val="001219AC"/>
     <w:rsid w:val="00126BDA"/>
     <w:rsid w:val="00143FFB"/>
     <w:rsid w:val="00146A9B"/>
     <w:rsid w:val="001774E2"/>
     <w:rsid w:val="00180467"/>
     <w:rsid w:val="00184211"/>
     <w:rsid w:val="001852C5"/>
     <w:rsid w:val="00185F5E"/>
     <w:rsid w:val="00190FCC"/>
     <w:rsid w:val="0019278C"/>
     <w:rsid w:val="001B7D73"/>
     <w:rsid w:val="002057EF"/>
     <w:rsid w:val="00224CEC"/>
     <w:rsid w:val="00232154"/>
     <w:rsid w:val="00250EBD"/>
     <w:rsid w:val="00257DB0"/>
     <w:rsid w:val="00264344"/>
+    <w:rsid w:val="00270C07"/>
     <w:rsid w:val="002735D3"/>
     <w:rsid w:val="00274B95"/>
     <w:rsid w:val="002769CA"/>
     <w:rsid w:val="002834D6"/>
     <w:rsid w:val="002862F9"/>
     <w:rsid w:val="00292578"/>
     <w:rsid w:val="002C0221"/>
     <w:rsid w:val="002D1D75"/>
     <w:rsid w:val="002E32D8"/>
     <w:rsid w:val="002F516F"/>
     <w:rsid w:val="00306060"/>
     <w:rsid w:val="00325A83"/>
     <w:rsid w:val="00334926"/>
     <w:rsid w:val="00370288"/>
     <w:rsid w:val="0037256A"/>
     <w:rsid w:val="0037588E"/>
     <w:rsid w:val="00391F75"/>
     <w:rsid w:val="00396526"/>
     <w:rsid w:val="003A7660"/>
     <w:rsid w:val="003E4369"/>
     <w:rsid w:val="003F2D15"/>
     <w:rsid w:val="003F4EAB"/>
     <w:rsid w:val="004068A4"/>
     <w:rsid w:val="004234D8"/>
     <w:rsid w:val="00450018"/>
@@ -13730,84 +14286,88 @@
     <w:rsid w:val="007F081E"/>
     <w:rsid w:val="007F5BD2"/>
     <w:rsid w:val="007F76FD"/>
     <w:rsid w:val="00831AB7"/>
     <w:rsid w:val="0084495E"/>
     <w:rsid w:val="008536C4"/>
     <w:rsid w:val="00855DD5"/>
     <w:rsid w:val="008763F2"/>
     <w:rsid w:val="00882222"/>
     <w:rsid w:val="00895A31"/>
     <w:rsid w:val="008B42EF"/>
     <w:rsid w:val="008B6C5A"/>
     <w:rsid w:val="008C1FC4"/>
     <w:rsid w:val="008F2C91"/>
     <w:rsid w:val="008F414B"/>
     <w:rsid w:val="009011DE"/>
     <w:rsid w:val="00905848"/>
     <w:rsid w:val="00946461"/>
     <w:rsid w:val="00950A5B"/>
     <w:rsid w:val="0095462C"/>
     <w:rsid w:val="009569BB"/>
     <w:rsid w:val="00963955"/>
     <w:rsid w:val="009647B8"/>
     <w:rsid w:val="00977777"/>
     <w:rsid w:val="009826CE"/>
+    <w:rsid w:val="009B2E6B"/>
     <w:rsid w:val="009B4AE0"/>
     <w:rsid w:val="009B727B"/>
     <w:rsid w:val="009B7F56"/>
     <w:rsid w:val="009E0212"/>
     <w:rsid w:val="009E08EE"/>
     <w:rsid w:val="009F794C"/>
     <w:rsid w:val="00A102CC"/>
+    <w:rsid w:val="00A15C7F"/>
     <w:rsid w:val="00A17D61"/>
     <w:rsid w:val="00A21D12"/>
     <w:rsid w:val="00A36FD1"/>
     <w:rsid w:val="00A43CD2"/>
     <w:rsid w:val="00A62DA8"/>
     <w:rsid w:val="00A864E8"/>
     <w:rsid w:val="00A9119C"/>
     <w:rsid w:val="00A941D3"/>
     <w:rsid w:val="00AA712A"/>
     <w:rsid w:val="00AF6833"/>
     <w:rsid w:val="00B12750"/>
     <w:rsid w:val="00B41F5C"/>
     <w:rsid w:val="00B505FB"/>
     <w:rsid w:val="00B57D6C"/>
+    <w:rsid w:val="00B64C08"/>
     <w:rsid w:val="00BA7922"/>
     <w:rsid w:val="00BB2F14"/>
     <w:rsid w:val="00BB527A"/>
     <w:rsid w:val="00BB7AA9"/>
     <w:rsid w:val="00BC26F1"/>
     <w:rsid w:val="00BC2847"/>
     <w:rsid w:val="00BD6E70"/>
     <w:rsid w:val="00BE34A4"/>
     <w:rsid w:val="00BF00D7"/>
     <w:rsid w:val="00BF5D25"/>
     <w:rsid w:val="00C169DB"/>
     <w:rsid w:val="00C23304"/>
     <w:rsid w:val="00C247E2"/>
+    <w:rsid w:val="00C27167"/>
     <w:rsid w:val="00C356BF"/>
     <w:rsid w:val="00C35CAA"/>
     <w:rsid w:val="00C651AD"/>
     <w:rsid w:val="00C808B8"/>
     <w:rsid w:val="00C8161B"/>
     <w:rsid w:val="00C914BA"/>
     <w:rsid w:val="00CC5C91"/>
     <w:rsid w:val="00CD0E35"/>
     <w:rsid w:val="00CD1D7D"/>
     <w:rsid w:val="00CE2088"/>
     <w:rsid w:val="00CF0498"/>
     <w:rsid w:val="00D4047D"/>
     <w:rsid w:val="00D42C31"/>
     <w:rsid w:val="00D45E07"/>
     <w:rsid w:val="00D83480"/>
     <w:rsid w:val="00D90D04"/>
     <w:rsid w:val="00DC07CC"/>
     <w:rsid w:val="00DC63DA"/>
     <w:rsid w:val="00DC750F"/>
     <w:rsid w:val="00DD2F78"/>
     <w:rsid w:val="00DE1193"/>
     <w:rsid w:val="00DE5AFE"/>
     <w:rsid w:val="00DE686A"/>
     <w:rsid w:val="00E04116"/>
     <w:rsid w:val="00E05AF0"/>
@@ -13837,51 +14397,51 @@
     <w:rsid w:val="00F846B0"/>
     <w:rsid w:val="00F907C9"/>
     <w:rsid w:val="00FA08A2"/>
     <w:rsid w:val="00FA3B61"/>
     <w:rsid w:val="00FA6171"/>
     <w:rsid w:val="00FB5404"/>
     <w:rsid w:val="00FD3FD0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="28CBC6C7"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
@@ -14756,67 +15316,661 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="119538659">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/221_229_1/a54.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fedlex.admin.ch/eli/cc/2005/782/de" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/220/a192.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/210/a169.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/kaufvertrag-etc/einzelne-vertragsbestimmungen/parteien-verkaeufer-kaeufer/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/220/a261.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/kaufvertrag-etc/gebuehren/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/grundpfandrechte/schuldbrief/sicherungsuebereignung/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.post.ch/post-incamail-home" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/220/a192.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fedlex.admin.ch/eli/cc/2005/782/de" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/220/a261.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/210/a169.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/kaufvertrag-etc/einzelne-vertragsbestimmungen/parteien-verkaeufer-kaeufer/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/kaufvertrag-etc/gebuehren/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/grundpfandrechte/schuldbrief/sicherungsuebereignung/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.post.ch/post-incamail-home" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fedlex.admin.ch/eli/cc/27/317_321_377/de" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/221_229_1/a54.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/220/a261.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/kaufvertrag-etc/gebuehren/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/c211_231.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/210/a169.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/grundpfandrechte/schuldbrief/sicherungsuebereignung/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/221_229_1/a54.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stadt-zuerich.ch/prd/de/index/statistik/publikationen-angebote/register-dwh/gebaeude-wohnungsregister/amtliche-wohnungsnummer-awn.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/220/a192.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/220/a261.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/kaufvertrag-etc/gebuehren/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/c211_231.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/210/a169.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notariate-zh.ch/deu/grundbuch/grundpfandrechte/schuldbrief/sicherungsuebereignung/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/221_229_1/a54.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stadt-zuerich.ch/prd/de/index/statistik/publikationen-angebote/register-dwh/gebaeude-wohnungsregister/amtliche-wohnungsnummer-awn.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.admin.ch/ch/d/sr/220/a192.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///G:\70_Projekte\NP\Kommunikation_extern\06_Umsetzung\B_Direkte%20Umsetzung%20Elemente\&#196;nderungen%20AP%20(eGL%20etc.)\Auftrag%20von%20Angela%20Knecht%20(H&#246;ngg)\Formular%20f&#252;r%20die%20&#220;bermittlung%20von%20Kaufvertragsangaben%20(Website).dotx" TargetMode="External"/></Relationships>
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013439"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CC7DB905-CA3C-45FC-AE67-8F82FA95A096}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00AA7FAB" w:rsidRDefault="007C215D">
+          <w:r w:rsidRPr="00613A41">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Black">
+    <w:panose1 w:val="020B0A04020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="007C215D"/>
+    <w:rsid w:val="007C215D"/>
+    <w:rsid w:val="00AA7FAB"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="de-CH"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Platzhaltertext">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007C215D"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDBED9ED4DB74FA38686D611993B67F1">
+    <w:name w:val="CDBED9ED4DB74FA38686D611993B67F1"/>
+    <w:rsid w:val="007C215D"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15079,86 +16233,86 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{017803C0-4090-4BF6-B429-C2A34C246A98}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4D31E8F-3590-4484-95E4-8CAF068C03CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Formular für die Übermittlung von Kaufvertragsangaben (Website)</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11190</Characters>
+  <Pages>8</Pages>
+  <Words>1325</Words>
+  <Characters>11803</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12941</CharactersWithSpaces>
+  <CharactersWithSpaces>13102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="114" baseType="variant">
       <vt:variant>
         <vt:i4>5242990</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>236</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.admin.ch/ch/d/sr/c211_231.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4587525</vt:i4>
       </vt:variant>
       <vt:variant>